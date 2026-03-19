--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -4,105 +4,366 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Registrations" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Registrations!$A$1:$F$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Registrations!$A$1:$J$11</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Participant Name</t>
   </si>
   <si>
     <t>Occupation</t>
   </si>
   <si>
+    <t>Company</t>
+  </si>
+  <si>
+    <t>Location</t>
+  </si>
+  <si>
+    <t>Project Name</t>
+  </si>
+  <si>
+    <t>Project Url</t>
+  </si>
+  <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Created On</t>
   </si>
   <si>
-    <t>Ragul Sarathi R</t>
-[...26 lines deleted...]
-    <t>02-02-2026 18:16</t>
+    <t>c9f3da35-882c-4b5d-e9f3-08de662b6138</t>
+  </si>
+  <si>
+    <t>Abijith</t>
+  </si>
+  <si>
+    <t>Marketing</t>
+  </si>
+  <si>
+    <t>SMI</t>
+  </si>
+  <si>
+    <t>Chennai</t>
+  </si>
+  <si>
+    <t>AUXILIARY EQUIPMENT</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/19IiCqODp02RYE3NoqCjbqIMfXiC6JB6-?usp=drive_link</t>
+  </si>
+  <si>
+    <t>abijithkumar.m@shibauramachine.co.in</t>
+  </si>
+  <si>
+    <t>9150021901</t>
+  </si>
+  <si>
+    <t>07-02-2026 14:59:23</t>
+  </si>
+  <si>
+    <t>7528ea6d-6e68-4a0e-b4dd-08de69ff3cb7</t>
+  </si>
+  <si>
+    <t>JD</t>
+  </si>
+  <si>
+    <t>IB</t>
+  </si>
+  <si>
+    <t>Smi</t>
+  </si>
+  <si>
+    <t>Chenna</t>
+  </si>
+  <si>
+    <t>ECI SERIES</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/1Z1N__EeWOYmiLuGmQnsF0V62Cz0sI2jN?usp=drive_link</t>
+  </si>
+  <si>
+    <t>jason.m@shibauramachine.co.in</t>
+  </si>
+  <si>
+    <t>7397735500</t>
+  </si>
+  <si>
+    <t>12-02-2026 11:53:29</t>
+  </si>
+  <si>
+    <t>a073b66f-f6a3-4e0a-cd9b-08de6df1e869</t>
+  </si>
+  <si>
+    <t xml:space="preserve">yash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">director </t>
+  </si>
+  <si>
+    <t xml:space="preserve">dolphin poly plast </t>
+  </si>
+  <si>
+    <t>gujarat</t>
+  </si>
+  <si>
+    <t>ECSX3 SERIES</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/1LV9leQFoT-U7tEEV0D0xeWvtce3A8fn0?usp=drive_link</t>
+  </si>
+  <si>
+    <t>polyplast01@gmail.com</t>
+  </si>
+  <si>
+    <t>9898122401</t>
+  </si>
+  <si>
+    <t>17-02-2026 12:28:08</t>
+  </si>
+  <si>
+    <t>9a6add30-12a2-42b6-5dba-08de6eb1bf0c</t>
+  </si>
+  <si>
+    <t>Ramesh G</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>GM Nexus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vijayawada </t>
+  </si>
+  <si>
+    <t>THERMOSET</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/197VDstqUyczvUArLO66gQCiqM0h16ntA?usp=drive_link</t>
+  </si>
+  <si>
+    <t>rameshg606969@gmail.com</t>
+  </si>
+  <si>
+    <t>8477860660</t>
+  </si>
+  <si>
+    <t>18-02-2026 11:21:22</t>
+  </si>
+  <si>
+    <t>24f75e6b-59a5-4088-230b-08de70a85d8a</t>
+  </si>
+  <si>
+    <t>Pawan nagar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Engineering </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Welltec </t>
+  </si>
+  <si>
+    <t>Indore</t>
+  </si>
+  <si>
+    <t>TX-GS SERIES</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/1KeDarNz-LjKxxcMxNo9FrVv4q10eP8gR?usp=drive_link</t>
+  </si>
+  <si>
+    <t>pnagar653@gmail.com</t>
+  </si>
+  <si>
+    <t>0971399756</t>
+  </si>
+  <si>
+    <t>20-02-2026 23:19:16</t>
+  </si>
+  <si>
+    <t>01af5049-577e-44b1-9c36-08de78f0186c</t>
+  </si>
+  <si>
+    <t>Navaneethakrishnan S</t>
+  </si>
+  <si>
+    <t>Frontend developer</t>
+  </si>
+  <si>
+    <t>ATX</t>
+  </si>
+  <si>
+    <t>navanee03092003@gmail.com</t>
+  </si>
+  <si>
+    <t>770876556</t>
+  </si>
+  <si>
+    <t>03-03-2026 12:12:53</t>
+  </si>
+  <si>
+    <t>5779c14c-6c2b-444a-e727-08de79cf5f66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hiten Chheda </t>
+  </si>
+  <si>
+    <t>Proprietor</t>
+  </si>
+  <si>
+    <t>Krupa Plastics</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUMBAI </t>
+  </si>
+  <si>
+    <t>S-GENXT</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/19mf68Noom0MlsNY63zbQIOgj5cGs4NSB?usp=drive_link</t>
+  </si>
+  <si>
+    <t>krupaplastics01@gmail.com</t>
+  </si>
+  <si>
+    <t>8169205743</t>
+  </si>
+  <si>
+    <t>04-03-2026 14:51:09</t>
+  </si>
+  <si>
+    <t>233eccff-f1f9-4f12-88a1-08de7dd19e9b</t>
+  </si>
+  <si>
+    <t>MAGIZHAN P</t>
+  </si>
+  <si>
+    <t>GM nexus india pvt Limited</t>
+  </si>
+  <si>
+    <t>hyderbad</t>
+  </si>
+  <si>
+    <t>Magizhanpalaniappan@gmail.com</t>
+  </si>
+  <si>
+    <t>0730072403</t>
+  </si>
+  <si>
+    <t>09-03-2026 17:17:19</t>
+  </si>
+  <si>
+    <t>33529d0a-22b6-44db-354a-08de7e74df60</t>
+  </si>
+  <si>
+    <t>Test</t>
+  </si>
+  <si>
+    <t>developer</t>
+  </si>
+  <si>
+    <t>test</t>
+  </si>
+  <si>
+    <t>chennai</t>
+  </si>
+  <si>
+    <t>MULTI SERIES</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/1QT0uSV0aVu252Kb4I5IiDMWDxV2fpuRg?usp=drive_link</t>
+  </si>
+  <si>
+    <t>test@gmail.com</t>
+  </si>
+  <si>
+    <t>1234567898</t>
+  </si>
+  <si>
+    <t>10-03-2026 12:46:13</t>
+  </si>
+  <si>
+    <t>81fdd656-a97f-4c8c-354c-08de7e74df60</t>
+  </si>
+  <si>
+    <t>testt</t>
+  </si>
+  <si>
+    <t>ttt</t>
+  </si>
+  <si>
+    <t>ss</t>
+  </si>
+  <si>
+    <t>TS SERIES</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/drive/folders/1UKEoFYQmVnXI9cafqdGbNih3FOifuMc-?usp=drive_link</t>
+  </si>
+  <si>
+    <t>ddxcvb@gmail.com</t>
+  </si>
+  <si>
+    <t>2345678900</t>
+  </si>
+  <si>
+    <t>10-03-2026 14:23:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -125,127 +386,423 @@
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.072683334350586" customWidth="1" style="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="28.290285110473633" customWidth="1" style="1"/>
+    <col min="1" max="1" width="41.06134796142578" customWidth="1" style="1"/>
+    <col min="2" max="2" width="22.303747177124023" customWidth="1" style="1"/>
+    <col min="3" max="3" width="20.021240234375" customWidth="1" style="1"/>
+    <col min="4" max="4" width="26.866680145263672" customWidth="1" style="1"/>
     <col min="5" max="5" width="16.072683334350586" customWidth="1" style="1"/>
-    <col min="6" max="6" width="16.69112777709961" customWidth="1" style="1"/>
-    <col min="7" max="16384" width="9.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="22.596498489379883" customWidth="1" style="1"/>
+    <col min="7" max="7" width="96.20337677001953" customWidth="1" style="1"/>
+    <col min="8" max="8" width="39.697505950927734" customWidth="1" style="1"/>
+    <col min="9" max="9" width="16.072683334350586" customWidth="1" style="1"/>
+    <col min="10" max="10" width="20.253490447998047" customWidth="1" style="1"/>
+    <col min="11" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
-      <c r="A2" s="1">
+      <c r="A2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...16 lines deleted...]
-      <c r="A3" s="1">
+      <c r="J6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E3" s="1" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="F3" s="1" t="s">
-        <v>15</v>
+      <c r="F7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F3"/>
+  <autoFilter ref="A1:J11"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to My Noncommercial organization under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>My Noncommercial organization</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BlazorHero</dc:creator>
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to My Noncommercial organization under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
 </cp:coreProperties>
 </file>
 